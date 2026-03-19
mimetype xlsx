--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -10,101 +10,284 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="78">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 113 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - Gabinete</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária 2.979, de 09 de setembro de 2022, que “Institui o regime de Previdência Complementar dos servidores públicos do Município de Monte Mor</t>
   </si>
   <si>
     <t>Aguardando a inclusão na ordem do dia</t>
   </si>
   <si>
     <t>Moção nº 30 de 2025</t>
   </si>
   <si>
     <t>Andrea Garcia,Bruno Leite,Clair Gomes,João do Bar,Josuel da Conceição,Milziane Menezes,Renato Olivatto,Roger Santos</t>
   </si>
   <si>
     <t>Moção de Apelo ao Governador do Estado de São Paulo para eliminar os riscos de acidentes na ponte de acesso de pedestres ao bairro Capuavinha de Monte Mor.</t>
   </si>
   <si>
     <t>Moção nº 31 de 2025</t>
   </si>
   <si>
     <t>Roger Santos</t>
   </si>
   <si>
     <t>Moção de Aplausos à equipe do PAET (Programa de Apoio ao Emprego e Trabalho) pelo trabalho desenvolvido em parceria com o PAT (Posto de Atendimento ao Trabalhador) e o Sebrae (Serviço Brasileiro de Apoio às Micro e Pequenas Empresas).</t>
+  </si>
+  <si>
+    <t>Presença na Sessão nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Presença na 1ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Beto Carvalho</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o atendimento às pessoas com fibromialgia no Município de Monte Mor.</t>
+  </si>
+  <si>
+    <t>Aguardando leitura no Expediente</t>
+  </si>
+  <si>
+    <t>Requerimento nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Josuel da Conceição</t>
+  </si>
+  <si>
+    <t>Requer informações do Poder Executivo sobre os seis últimos concursos públicos realizados pelo município de Monte Mor, com detalhamento das áreas contempladas, número de convocados, quais as posições e os números que foram efetivados.</t>
+  </si>
+  <si>
+    <t>Indicação nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Professor Adriel</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que sejam avaliadas e adotadas providências administrativas referentes ao pagamento do adicional de insalubridade em grau máximo (40%) aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE).</t>
+  </si>
+  <si>
+    <t>Indicação nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que estude e adote a criação de uma política pública municipal que institua a realização de exames de DNA e mapeamento genético, voltada a população afrodescendente.</t>
+  </si>
+  <si>
+    <t>Indicação nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que encaminhe a esta Casa de Leis Projeto de Lei que institua o Plano de Cargos, Carreira e Salários (PCCS) da Rede Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>Indicação nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja realizada operação tapa-buracos na esquina da Rua Antônio Milan com a Rua Gentil Antônio Lisboa, localizada na Vila São José.</t>
+  </si>
+  <si>
+    <t>Indicação nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja avaliada e realizada a ampliação do quadro de Agentes Comunitários de Saúde (ACS) nas regiões do município que se encontram defasadas quanto à cobertura territorial.</t>
+  </si>
+  <si>
+    <t>Indicação nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja realizada a poda e roçagem do mato ao longo de toda a extensão da Avenida Papa João Paulo II, no Pq. Res. São Clemente.</t>
+  </si>
+  <si>
+    <t>Indicação nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja providenciada a instalação de telefone fixo no Centro de Fisioterapia Municipal</t>
+  </si>
+  <si>
+    <t>Indicação nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja realizado reparo asfáltico em um início de afundamento existente na Rua Luiz Miguel, esquina com a Rua Aparecido Pereira de Mello, no Jardim Paulista.</t>
+  </si>
+  <si>
+    <t>Indicação nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo avaliação de equiparação salarial dos farmacêuticos da rede pública municipal em relação aos demais profissionais de nível superior.</t>
+  </si>
+  <si>
+    <t>Indicação nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja realizada a poda e limpeza do mato nas laterais da Rua Seis, localizada no Jardim Colina II.</t>
+  </si>
+  <si>
+    <t>Indicação nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja avaliada a aplicação do pagamento do adicional de insalubridade aos servidores que integram o quadro do pessoal da limpeza do funcionalismo público municipal.</t>
+  </si>
+  <si>
+    <t>Indicação nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja realizado estudos para a implantação do Banco de Medicamentos.</t>
+  </si>
+  <si>
+    <t>Indicação nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que seja realizado estudos para a criação do Centro de Oncologia.</t>
+  </si>
+  <si>
+    <t>Indicação nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a operação tapa buraco em toda a extensão da Rua Georgina Maria Alves, no Jardim Paulista</t>
+  </si>
+  <si>
+    <t>Indicação nº 15 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder a operação tapa buraco em toda a extensão da Rua Francisco Piloto da Silva, no Jardim Paulista</t>
+  </si>
+  <si>
+    <t>Indicação nº 16 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a implantação de  uma lombo faixa na Praça Coronel Domingos Ferreira, nas proximidades do nº 54ª, Centro.</t>
+  </si>
+  <si>
+    <t>Indicação nº 17 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a criação de uma Associação de Pais e Amigos dos Excepcionais (APAE), em Monte Mor.</t>
+  </si>
+  <si>
+    <t>Indicação nº 18 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a fiscalização e a limpeza do terreno baldio localizado na rua Rio Grande do Sul, próximo ao nº476, no Jardim do Engenho.</t>
+  </si>
+  <si>
+    <t>Indicação nº 19 de 2026</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a iluminação das vielas que ligam as ruas João Paulo Rodrigues de Lima, Maria de Lourdes Santos, no Jardim Nova Alvorada.</t>
+  </si>
+  <si>
+    <t>Indicação nº 20 de 2026</t>
+  </si>
+  <si>
+    <t>“Indica ao Poder Executivo a demarcação das lombadas na extensão da Rua José Geovane da Silva no Jardim Nova Alvorada.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 21 de 2026</t>
+  </si>
+  <si>
+    <t>“Indica ao Poder Executivo a limpeza do mato e desentupimento do bueiro da Rua João Rodrigues de Lima, defronte ao número 281 no Jardim Nova Alvorada.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 22 de 2026</t>
+  </si>
+  <si>
+    <t>“Indica ao Poder Executivo a demarcação da lombada localizada na Rua João Soares da Silva defronte ao número 205 no Jardim Nova Alvorada.”</t>
+  </si>
+  <si>
+    <t>Moção nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à Secretaria de Editoração e Publicações do Senado Federal, à ABEL – Associação Brasileira das Escolas do Legislativo e de Contas e à Câmara Municipal de Pouso Alegre - MG pela parceria existente a favor da educação legislativa para cidadania através da produção de livros e revistas nos formatos digitais e impressos com linguagem simples.</t>
+  </si>
+  <si>
+    <t>Moção nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Wal da Farmácia</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso a Associação Cultural e Comunitária Prima por meio da Rádio Prima FM 105.9 de Monte Mor pelos 30 (trinta) anos de fundação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -396,61 +579,61 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F4"/>
+  <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="107.42578125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="217.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
@@ -488,50 +671,587 @@
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>7302</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>7357</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>7333</v>
+      </c>
+      <c r="B6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>7356</v>
+      </c>
+      <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>7334</v>
+      </c>
+      <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>7335</v>
+      </c>
+      <c r="B9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>7336</v>
+      </c>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>7337</v>
+      </c>
+      <c r="B11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>7338</v>
+      </c>
+      <c r="B12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>7339</v>
+      </c>
+      <c r="B13" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>7340</v>
+      </c>
+      <c r="B14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>7341</v>
+      </c>
+      <c r="B15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>7342</v>
+      </c>
+      <c r="B16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>7343</v>
+      </c>
+      <c r="B17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>7344</v>
+      </c>
+      <c r="B18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>7345</v>
+      </c>
+      <c r="B19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>7346</v>
+      </c>
+      <c r="B20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>7347</v>
+      </c>
+      <c r="B21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" t="s">
+        <v>56</v>
+      </c>
+      <c r="F21" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>7348</v>
+      </c>
+      <c r="B22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>7349</v>
+      </c>
+      <c r="B23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" t="s">
+        <v>60</v>
+      </c>
+      <c r="F23" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>7350</v>
+      </c>
+      <c r="B24" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>7351</v>
+      </c>
+      <c r="B25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" t="s">
+        <v>63</v>
+      </c>
+      <c r="D25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>7352</v>
+      </c>
+      <c r="B26" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" t="s">
+        <v>65</v>
+      </c>
+      <c r="D26" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>7353</v>
+      </c>
+      <c r="B27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" t="s">
+        <v>22</v>
+      </c>
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>7354</v>
+      </c>
+      <c r="B28" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" t="s">
+        <v>70</v>
+      </c>
+      <c r="F28" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>7355</v>
+      </c>
+      <c r="B29" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" t="s">
+        <v>22</v>
+      </c>
+      <c r="E29" t="s">
+        <v>72</v>
+      </c>
+      <c r="F29" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>7331</v>
+      </c>
+      <c r="B30" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" t="s">
+        <v>73</v>
+      </c>
+      <c r="D30" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" t="s">
+        <v>74</v>
+      </c>
+      <c r="F30" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>7332</v>
+      </c>
+      <c r="B31" t="s">
+        <v>20</v>
+      </c>
+      <c r="C31" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" t="s">
+        <v>76</v>
+      </c>
+      <c r="E31" t="s">
+        <v>77</v>
+      </c>
+      <c r="F31" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>