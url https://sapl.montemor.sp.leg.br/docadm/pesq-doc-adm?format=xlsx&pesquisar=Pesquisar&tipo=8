--- v0 (2025-10-03)
+++ v1 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4356" uniqueCount="1298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4650" uniqueCount="1379">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
@@ -3911,50 +3911,293 @@
     <t>980</t>
   </si>
   <si>
     <t>"Dispõe sobre a tramitação em sigilo do Processo de Sindicância instaurado pela Portaria nº 72/2025, que apura eventual irregularidade no Concurso Público nº 01/2024 da Câmara Municipal."</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>"Dispõe sobre suspensão de expediente na Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>"Designa o servidor Marcio Ramos como fiscal do Termo de Acordo de Cooperacao Técnica para compartilhamento e uso do aplicativo E-LEGIS PC".</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>"Prorroga o prazo estabelecido na Portaria n°72/2025, que constitui Comissão para apuração de possíveis irregularidades no Concurso Público n° 01/2024 da Câmara Municipal de Monte Mor."</t>
+  </si>
+  <si>
+    <t>987</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a concessão de adicional por tempo de serviço (quinquênio) ao servidor que especifica".</t>
+  </si>
+  <si>
+    <t>989</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a concessão de adicional por tempo de serviço (quinquênio) à servidora que especifica".</t>
+  </si>
+  <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre desligamento de servidora pública do quadro efetivo de pessoal da Câmara Municipal de Monte Mor, em virtude da aposentadoria voluntária por idade".</t>
+  </si>
+  <si>
+    <t>995</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre substituição de integrante da Comissão Disciplinar e de Acompanhamento de Estágio Probatório e Comissão de Coordenação e Avaliação de Desempenho Funcional da Câmara Municipal de Monte Mor e dá outras providências".</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao servidor efetivo William Freire dos Santos e dá outras providências".</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao servidor comissionado Pedro Ricardo Boareto e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à servidora comissionada Vanessa Regina Martimiano de Oliveira e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao servidor comissionado Vinicius Augusto Costa e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Adriel de Oliveira Nascimento e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Alexandre de Jesus Pinheiro e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à Vereadora Andrea Aparecida Garcia Tardio e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Bruno Henrique Leite Camargo e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à Vereadora Camilla Hellen de Souza Soares e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Clair Profirio Gomes e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Edson Silva Ferreira de Lima e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Fabio Gigli Rabechini e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Josuel Dias da Conceição Alves e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à Vereadora Milziane Menezes de Brito e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Renato Brischi Olivatto e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Rogério Ramos Santos e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Valdecir Torres e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à Vereadora Valdirene Joandsin da Silva e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao Vereador Webert Donizete Carvalho e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a prorrogação do prazo de vigência da Comissão Temporária de Reavaliação e Inventário Patrimonial da Câmara Municipal de Monte Mor e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>"Designa o servidor Lucas Briske da Rocha como Fiscal do Contrato n.º 05/2025 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>"Designa o servidor Luciano Aparecido Martins como Fiscal do Contrato n.º 06/2025 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao servidor comissionado Jorge Francisco Leme e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>"Designa o servidor Luciano Aparecido Martins como Fiscal do Contrato n.º 01/2022 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre enquadramento por merecimento do servidor efetivo William Freire dos Santos no Sistema de Evolução Funcional da Câmara Municipal de Monte Mor e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>"Retifica a Portaria nº 03/2026, que dispõe sobre a evolução funcional do servidor William Freire dos Santos".</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à servidora comissionada Elis Regina Correa e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4246,58 +4489,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F726"/>
+  <dimension ref="A1:F775"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -18778,50 +19020,1030 @@
       <c r="E725" t="s">
         <v>10</v>
       </c>
       <c r="F725" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
         <v>1296</v>
       </c>
       <c r="B726" t="s">
         <v>1161</v>
       </c>
       <c r="C726" t="s">
         <v>135</v>
       </c>
       <c r="D726" t="s">
         <v>9</v>
       </c>
       <c r="E726" t="s">
         <v>10</v>
       </c>
       <c r="F726" t="s">
         <v>1297</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C727" t="s">
+        <v>136</v>
+      </c>
+      <c r="D727" t="s">
+        <v>9</v>
+      </c>
+      <c r="E727" t="s">
+        <v>10</v>
+      </c>
+      <c r="F727" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C728" t="s">
+        <v>138</v>
+      </c>
+      <c r="D728" t="s">
+        <v>9</v>
+      </c>
+      <c r="E728" t="s">
+        <v>10</v>
+      </c>
+      <c r="F728" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C729" t="s">
+        <v>140</v>
+      </c>
+      <c r="D729" t="s">
+        <v>9</v>
+      </c>
+      <c r="E729" t="s">
+        <v>10</v>
+      </c>
+      <c r="F729" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C730" t="s">
+        <v>142</v>
+      </c>
+      <c r="D730" t="s">
+        <v>9</v>
+      </c>
+      <c r="E730" t="s">
+        <v>10</v>
+      </c>
+      <c r="F730" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C731" t="s">
+        <v>144</v>
+      </c>
+      <c r="D731" t="s">
+        <v>9</v>
+      </c>
+      <c r="E731" t="s">
+        <v>10</v>
+      </c>
+      <c r="F731" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C732" t="s">
+        <v>146</v>
+      </c>
+      <c r="D732" t="s">
+        <v>9</v>
+      </c>
+      <c r="E732" t="s">
+        <v>10</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C733" t="s">
+        <v>147</v>
+      </c>
+      <c r="D733" t="s">
+        <v>9</v>
+      </c>
+      <c r="E733" t="s">
+        <v>10</v>
+      </c>
+      <c r="F733" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C734" t="s">
+        <v>149</v>
+      </c>
+      <c r="D734" t="s">
+        <v>9</v>
+      </c>
+      <c r="E734" t="s">
+        <v>10</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C735" t="s">
+        <v>150</v>
+      </c>
+      <c r="D735" t="s">
+        <v>9</v>
+      </c>
+      <c r="E735" t="s">
+        <v>10</v>
+      </c>
+      <c r="F735" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C736" t="s">
+        <v>152</v>
+      </c>
+      <c r="D736" t="s">
+        <v>9</v>
+      </c>
+      <c r="E736" t="s">
+        <v>10</v>
+      </c>
+      <c r="F736" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C737" t="s">
+        <v>154</v>
+      </c>
+      <c r="D737" t="s">
+        <v>9</v>
+      </c>
+      <c r="E737" t="s">
+        <v>10</v>
+      </c>
+      <c r="F737" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="A738" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B738" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C738" t="s">
+        <v>187</v>
+      </c>
+      <c r="D738" t="s">
+        <v>9</v>
+      </c>
+      <c r="E738" t="s">
+        <v>10</v>
+      </c>
+      <c r="F738" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="A739" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C739" t="s">
+        <v>156</v>
+      </c>
+      <c r="D739" t="s">
+        <v>9</v>
+      </c>
+      <c r="E739" t="s">
+        <v>10</v>
+      </c>
+      <c r="F739" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="740" spans="1:6">
+      <c r="A740" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B740" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C740" t="s">
+        <v>158</v>
+      </c>
+      <c r="D740" t="s">
+        <v>9</v>
+      </c>
+      <c r="E740" t="s">
+        <v>10</v>
+      </c>
+      <c r="F740" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="741" spans="1:6">
+      <c r="A741" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B741" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C741" t="s">
+        <v>160</v>
+      </c>
+      <c r="D741" t="s">
+        <v>9</v>
+      </c>
+      <c r="E741" t="s">
+        <v>10</v>
+      </c>
+      <c r="F741" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="A742" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B742" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C742" t="s">
+        <v>161</v>
+      </c>
+      <c r="D742" t="s">
+        <v>9</v>
+      </c>
+      <c r="E742" t="s">
+        <v>10</v>
+      </c>
+      <c r="F742" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="743" spans="1:6">
+      <c r="A743" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B743" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C743" t="s">
+        <v>163</v>
+      </c>
+      <c r="D743" t="s">
+        <v>9</v>
+      </c>
+      <c r="E743" t="s">
+        <v>10</v>
+      </c>
+      <c r="F743" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="744" spans="1:6">
+      <c r="A744" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C744" t="s">
+        <v>166</v>
+      </c>
+      <c r="D744" t="s">
+        <v>9</v>
+      </c>
+      <c r="E744" t="s">
+        <v>10</v>
+      </c>
+      <c r="F744" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="745" spans="1:6">
+      <c r="A745" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B745" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C745" t="s">
+        <v>167</v>
+      </c>
+      <c r="D745" t="s">
+        <v>9</v>
+      </c>
+      <c r="E745" t="s">
+        <v>10</v>
+      </c>
+      <c r="F745" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="746" spans="1:6">
+      <c r="A746" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B746" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C746" t="s">
+        <v>168</v>
+      </c>
+      <c r="D746" t="s">
+        <v>9</v>
+      </c>
+      <c r="E746" t="s">
+        <v>10</v>
+      </c>
+      <c r="F746" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="747" spans="1:6">
+      <c r="A747" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B747" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C747" t="s">
+        <v>205</v>
+      </c>
+      <c r="D747" t="s">
+        <v>9</v>
+      </c>
+      <c r="E747" t="s">
+        <v>10</v>
+      </c>
+      <c r="F747" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="748" spans="1:6">
+      <c r="A748" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B748" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C748" t="s">
+        <v>171</v>
+      </c>
+      <c r="D748" t="s">
+        <v>9</v>
+      </c>
+      <c r="E748" t="s">
+        <v>10</v>
+      </c>
+      <c r="F748" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="749" spans="1:6">
+      <c r="A749" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B749" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C749" t="s">
+        <v>169</v>
+      </c>
+      <c r="D749" t="s">
+        <v>9</v>
+      </c>
+      <c r="E749" t="s">
+        <v>10</v>
+      </c>
+      <c r="F749" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="750" spans="1:6">
+      <c r="A750" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B750" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C750" t="s">
+        <v>173</v>
+      </c>
+      <c r="D750" t="s">
+        <v>9</v>
+      </c>
+      <c r="E750" t="s">
+        <v>10</v>
+      </c>
+      <c r="F750" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="751" spans="1:6">
+      <c r="A751" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B751" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C751" t="s">
+        <v>175</v>
+      </c>
+      <c r="D751" t="s">
+        <v>9</v>
+      </c>
+      <c r="E751" t="s">
+        <v>10</v>
+      </c>
+      <c r="F751" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="752" spans="1:6">
+      <c r="A752" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C752" t="s">
+        <v>176</v>
+      </c>
+      <c r="D752" t="s">
+        <v>9</v>
+      </c>
+      <c r="E752" t="s">
+        <v>10</v>
+      </c>
+      <c r="F752" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="753" spans="1:6">
+      <c r="A753" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C753" t="s">
+        <v>177</v>
+      </c>
+      <c r="D753" t="s">
+        <v>9</v>
+      </c>
+      <c r="E753" t="s">
+        <v>10</v>
+      </c>
+      <c r="F753" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="754" spans="1:6">
+      <c r="A754" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C754" t="s">
+        <v>178</v>
+      </c>
+      <c r="D754" t="s">
+        <v>9</v>
+      </c>
+      <c r="E754" t="s">
+        <v>10</v>
+      </c>
+      <c r="F754" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="755" spans="1:6">
+      <c r="A755" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C755" t="s">
+        <v>180</v>
+      </c>
+      <c r="D755" t="s">
+        <v>9</v>
+      </c>
+      <c r="E755" t="s">
+        <v>10</v>
+      </c>
+      <c r="F755" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="A756" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C756" t="s">
+        <v>182</v>
+      </c>
+      <c r="D756" t="s">
+        <v>9</v>
+      </c>
+      <c r="E756" t="s">
+        <v>10</v>
+      </c>
+      <c r="F756" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="A757" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B757" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C757" t="s">
+        <v>184</v>
+      </c>
+      <c r="D757" t="s">
+        <v>9</v>
+      </c>
+      <c r="E757" t="s">
+        <v>10</v>
+      </c>
+      <c r="F757" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="A758" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C758" t="s">
+        <v>186</v>
+      </c>
+      <c r="D758" t="s">
+        <v>9</v>
+      </c>
+      <c r="E758" t="s">
+        <v>10</v>
+      </c>
+      <c r="F758" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="A759" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C759" t="s">
+        <v>189</v>
+      </c>
+      <c r="D759" t="s">
+        <v>9</v>
+      </c>
+      <c r="E759" t="s">
+        <v>10</v>
+      </c>
+      <c r="F759" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="A760" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C760" t="s">
+        <v>191</v>
+      </c>
+      <c r="D760" t="s">
+        <v>9</v>
+      </c>
+      <c r="E760" t="s">
+        <v>10</v>
+      </c>
+      <c r="F760" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="A761" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C761" t="s">
+        <v>193</v>
+      </c>
+      <c r="D761" t="s">
+        <v>9</v>
+      </c>
+      <c r="E761" t="s">
+        <v>10</v>
+      </c>
+      <c r="F761" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="A762" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C762" t="s">
+        <v>195</v>
+      </c>
+      <c r="D762" t="s">
+        <v>9</v>
+      </c>
+      <c r="E762" t="s">
+        <v>10</v>
+      </c>
+      <c r="F762" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="A763" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C763" t="s">
+        <v>231</v>
+      </c>
+      <c r="D763" t="s">
+        <v>9</v>
+      </c>
+      <c r="E763" t="s">
+        <v>10</v>
+      </c>
+      <c r="F763" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="A764" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C764" t="s">
+        <v>234</v>
+      </c>
+      <c r="D764" t="s">
+        <v>9</v>
+      </c>
+      <c r="E764" t="s">
+        <v>10</v>
+      </c>
+      <c r="F764" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="A765" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C765" t="s">
+        <v>196</v>
+      </c>
+      <c r="D765" t="s">
+        <v>9</v>
+      </c>
+      <c r="E765" t="s">
+        <v>10</v>
+      </c>
+      <c r="F765" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="A766" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C766" t="s">
+        <v>198</v>
+      </c>
+      <c r="D766" t="s">
+        <v>9</v>
+      </c>
+      <c r="E766" t="s">
+        <v>10</v>
+      </c>
+      <c r="F766" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="A767" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C767" t="s">
+        <v>8</v>
+      </c>
+      <c r="D767" t="s">
+        <v>9</v>
+      </c>
+      <c r="E767" t="s">
+        <v>10</v>
+      </c>
+      <c r="F767" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="A768" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C768" t="s">
+        <v>13</v>
+      </c>
+      <c r="D768" t="s">
+        <v>9</v>
+      </c>
+      <c r="E768" t="s">
+        <v>10</v>
+      </c>
+      <c r="F768" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="A769" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C769" t="s">
+        <v>16</v>
+      </c>
+      <c r="D769" t="s">
+        <v>9</v>
+      </c>
+      <c r="E769" t="s">
+        <v>10</v>
+      </c>
+      <c r="F769" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="A770" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C770" t="s">
+        <v>19</v>
+      </c>
+      <c r="D770" t="s">
+        <v>9</v>
+      </c>
+      <c r="E770" t="s">
+        <v>10</v>
+      </c>
+      <c r="F770" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="A771" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C771" t="s">
+        <v>22</v>
+      </c>
+      <c r="D771" t="s">
+        <v>9</v>
+      </c>
+      <c r="E771" t="s">
+        <v>10</v>
+      </c>
+      <c r="F771" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="A772" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C772" t="s">
+        <v>25</v>
+      </c>
+      <c r="D772" t="s">
+        <v>9</v>
+      </c>
+      <c r="E772" t="s">
+        <v>10</v>
+      </c>
+      <c r="F772" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="A773" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C773" t="s">
+        <v>28</v>
+      </c>
+      <c r="D773" t="s">
+        <v>9</v>
+      </c>
+      <c r="E773" t="s">
+        <v>10</v>
+      </c>
+      <c r="F773" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C774" t="s">
+        <v>31</v>
+      </c>
+      <c r="D774" t="s">
+        <v>9</v>
+      </c>
+      <c r="E774" t="s">
+        <v>10</v>
+      </c>
+      <c r="F774" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="A775" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C775" t="s">
+        <v>34</v>
+      </c>
+      <c r="D775" t="s">
+        <v>9</v>
+      </c>
+      <c r="E775" t="s">
+        <v>10</v>
+      </c>
+      <c r="F775" t="s">
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>