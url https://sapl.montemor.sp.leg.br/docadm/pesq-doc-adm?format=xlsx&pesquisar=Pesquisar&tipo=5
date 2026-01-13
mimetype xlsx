--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="594" uniqueCount="201">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -607,50 +607,56 @@
     <t>842</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>"Dispõe sobre o arquivamento de proposituras não deliberadas da 19ª Legislatura".</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>"Autoriza a Escola do Legislativo de Monte Mor executar a quarta edição do projeto Estudantes Visitam a Câmara em parceria com a Secretaria Municipal de Educação".</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>"Autoriza a Escola do Legislativo de Monte Mor a executar a quarta edição do programa Parlamento Jovem".</t>
   </si>
   <si>
     <t>908</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>1028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -942,58 +948,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F97"/>
+  <dimension ref="A1:F99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -2893,50 +2898,90 @@
       </c>
       <c r="E96" t="s">
         <v>10</v>
       </c>
       <c r="F96" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>191</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>9</v>
       </c>
       <c r="E97" t="s">
         <v>10</v>
       </c>
       <c r="F97" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
+        <v>191</v>
+      </c>
+      <c r="C98" t="s">
+        <v>22</v>
+      </c>
+      <c r="D98" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" t="s">
+        <v>10</v>
+      </c>
+      <c r="F98" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
+        <v>191</v>
+      </c>
+      <c r="C99" t="s">
+        <v>24</v>
+      </c>
+      <c r="D99" t="s">
+        <v>9</v>
+      </c>
+      <c r="E99" t="s">
+        <v>10</v>
+      </c>
+      <c r="F99" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">