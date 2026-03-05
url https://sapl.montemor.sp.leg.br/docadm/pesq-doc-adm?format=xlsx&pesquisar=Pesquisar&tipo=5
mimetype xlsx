--- v1 (2026-01-13)
+++ v2 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="594" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="624" uniqueCount="212">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -613,50 +613,83 @@
     <t>"Dispõe sobre o arquivamento de proposituras não deliberadas da 19ª Legislatura".</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>"Autoriza a Escola do Legislativo de Monte Mor executar a quarta edição do projeto Estudantes Visitam a Câmara em parceria com a Secretaria Municipal de Educação".</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>"Autoriza a Escola do Legislativo de Monte Mor a executar a quarta edição do programa Parlamento Jovem".</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>1028</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revogação do Ato da Mesa nº 07/2020 e restabelece os efeitos funcionais relativos ao quinquênio e à licença-prêmio dos servidores ativos da Câmara Municipal de Monte Mor, com fundamento na Lei Complementar Federal nº 226, de 12 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>Regulamenta a implantação dos efeitos funcionais restabelecidos pela Lei Complementar Federal nº 226/2026 e pelo Ato da Mesa nº 01/2026, relativos à licença-prêmio e ao quinquênio dos servidores ativos da Câmara Municipal de Monte Mor.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>Regulamenta, nos termos da Lei Complementar Municipal nº 4/2006 e de pareceres jurídicos anteriores, a implantação da licença-prêmio aos servidores ocupantes de cargo em comissão da Câmara Municipal de Monte Mor.</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>Autoriza a Escola Legislativa a executar o Projeto "Estudantes Visitam a Câmara" no ano de 2026 e define os termos da parceria com a Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>Define cronograma de atividades do Parlamento Jovem 2026 a ser realizado no primeiro semestre.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -948,51 +981,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F99"/>
+  <dimension ref="A1:F104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2939,50 +2972,150 @@
       <c r="E98" t="s">
         <v>10</v>
       </c>
       <c r="F98" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>191</v>
       </c>
       <c r="C99" t="s">
         <v>24</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
       <c r="E99" t="s">
         <v>10</v>
       </c>
       <c r="F99" t="s">
         <v>65</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" t="s">
+        <v>202</v>
+      </c>
+      <c r="C100" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" t="s">
+        <v>9</v>
+      </c>
+      <c r="E100" t="s">
+        <v>10</v>
+      </c>
+      <c r="F100" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
+        <v>202</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>9</v>
+      </c>
+      <c r="E101" t="s">
+        <v>10</v>
+      </c>
+      <c r="F101" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" t="s">
+        <v>202</v>
+      </c>
+      <c r="C102" t="s">
+        <v>16</v>
+      </c>
+      <c r="D102" t="s">
+        <v>9</v>
+      </c>
+      <c r="E102" t="s">
+        <v>10</v>
+      </c>
+      <c r="F102" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" t="s">
+        <v>202</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>9</v>
+      </c>
+      <c r="E103" t="s">
+        <v>10</v>
+      </c>
+      <c r="F103" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" t="s">
+        <v>202</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>9</v>
+      </c>
+      <c r="E104" t="s">
+        <v>10</v>
+      </c>
+      <c r="F104" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>