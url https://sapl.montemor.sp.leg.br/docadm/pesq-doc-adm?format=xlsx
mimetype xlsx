--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6060" uniqueCount="1812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6162" uniqueCount="1843">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -5437,66 +5437,159 @@
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>"Dispõe sobre concessão de férias ao Vereador Rogério Ramos Santos e dá outras providências".</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>"Dispõe sobre concessão de férias ao Vereador Valdecir Torres e dá outras providências".</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>"Dispõe sobre concessão de férias à Vereadora Valdirene Joandsin da Silva e dá outras providências".</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>"Dispõe sobre concessão de férias ao Vereador Webert Donizete Carvalho e dá outras providências".</t>
   </si>
   <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a prorrogação do prazo de vigência da Comissão Temporária de Reavaliação e Inventário Patrimonial da Câmara Municipal de Monte Mor e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>"Designa o servidor Lucas Briske da Rocha como Fiscal do Contrato n.º 05/2025 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>"Designa o servidor Luciano Aparecido Martins como Fiscal do Contrato n.º 06/2025 e dá outras providências".</t>
+  </si>
+  <si>
     <t>978</t>
   </si>
   <si>
     <t>Referente a Portaria de Procedimento Preparatório de Inquérito Civil nº 0348.0000250/2025, Assunto: Inadimplência de hospital filantrópico em relação ao pagamento de faturas de energia elétrica, impacto na prestação de serviços de saúde e regularidade dos repasses do SUS. Inadimplemento, de forma contumaz, das faturas de energia elétrica referentes ao período de novembro de 2023 a julho de 2025, acumulando débito de R$ 1.159.110,75, além de descumprimento de parcelamento celebrado em setembro de 2023.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>Requerimento de Congratulações à população de Monte Mor pelo aniversário do município, a ser comemorado no dia 24 de março de 2025, de autoria do Deputado Estadual Sebastião Santos.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>Ofício nº 959-A/2025-Ihmn, do Tribunal de Justiça do Estado de São Paulo, comunicando a íntegra do Acórdão exarado nos autos de Direta de Inconstitucionalidade nº 2325770-48.2024.8.26.0000, que manteve a suspensão dos efeitos do parágrafo 6º do art. 14 da Lei Complementar Municipal nº 1535/2011, e suspendeu o julgamento da referida ADIn até a apreciação do Recurso Extraordinário nº 1.344.400/SP (Tema nº 1.192) de repercussão geral pelo Supremo Tribunal Federal.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias ao servidor comissionado Jorge Francisco Leme e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revogação do Ato da Mesa nº 07/2020 e restabelece os efeitos funcionais relativos ao quinquênio e à licença-prêmio dos servidores ativos da Câmara Municipal de Monte Mor, com fundamento na Lei Complementar Federal nº 226, de 12 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>OFC Nº 91167772/2025 - Ofício 602/2025, expedido nos autos do Procedimento N° º 0348.0000505/2024, de autoria da ARTESP</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>"Designa o servidor Luciano Aparecido Martins como Fiscal do Contrato n.º 01/2022 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>Regulamenta a implantação dos efeitos funcionais restabelecidos pela Lei Complementar Federal nº 226/2026 e pelo Ato da Mesa nº 01/2026, relativos à licença-prêmio e ao quinquênio dos servidores ativos da Câmara Municipal de Monte Mor.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>Decisão do Tribunal de Contas do Estado de São Paulo proferida no Processo TC-013008/989/24, referente à Representação contra a Prefeitura Municipal de Monte Mor, acerca de possíveis irregularidades no Pregão Presencial nº 158/2023 – Processo nº 15.968/2023, destinado ao registro de preços para aquisição de gás GLP (botijões de 45kg), no valor estimado de R$ 590.600,00.</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre enquadramento por merecimento do servidor efetivo William Freire dos Santos no Sistema de Evolução Funcional da Câmara Municipal de Monte Mor e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>Regulamenta, nos termos da Lei Complementar Municipal nº 4/2006 e de pareceres jurídicos anteriores, a implantação da licença-prêmio aos servidores ocupantes de cargo em comissão da Câmara Municipal de Monte Mor.</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>"Retifica a Portaria nº 03/2026, que dispõe sobre a evolução funcional do servidor William Freire dos Santos".</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de férias à servidora comissionada Elis Regina Correa e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5788,51 +5881,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F1010"/>
+  <dimension ref="A1:F1027"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -25949,100 +26042,440 @@
       </c>
       <c r="B1007" t="s">
         <v>1548</v>
       </c>
       <c r="C1007" t="s">
         <v>149</v>
       </c>
       <c r="D1007" t="s">
         <v>106</v>
       </c>
       <c r="E1007" t="s">
         <v>107</v>
       </c>
       <c r="F1007" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008" t="s">
         <v>1806</v>
       </c>
       <c r="B1008" t="s">
         <v>1548</v>
       </c>
       <c r="C1008" t="s">
-        <v>715</v>
+        <v>153</v>
       </c>
       <c r="D1008" t="s">
-        <v>609</v>
+        <v>106</v>
       </c>
       <c r="E1008" t="s">
-        <v>610</v>
+        <v>107</v>
       </c>
       <c r="F1008" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009" t="s">
         <v>1808</v>
       </c>
       <c r="B1009" t="s">
         <v>1548</v>
       </c>
       <c r="C1009" t="s">
-        <v>832</v>
+        <v>304</v>
       </c>
       <c r="D1009" t="s">
-        <v>605</v>
+        <v>106</v>
       </c>
       <c r="E1009" t="s">
-        <v>606</v>
+        <v>107</v>
       </c>
       <c r="F1009" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010" t="s">
         <v>1810</v>
       </c>
       <c r="B1010" t="s">
         <v>1548</v>
       </c>
       <c r="C1010" t="s">
-        <v>62</v>
+        <v>306</v>
       </c>
       <c r="D1010" t="s">
-        <v>609</v>
+        <v>106</v>
       </c>
       <c r="E1010" t="s">
-        <v>610</v>
+        <v>107</v>
       </c>
       <c r="F1010" t="s">
         <v>1811</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:6">
+      <c r="A1011" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>715</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>609</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>610</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:6">
+      <c r="A1012" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>832</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>605</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>606</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:6">
+      <c r="A1013" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>62</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>609</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>610</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:6">
+      <c r="A1014" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:6">
+      <c r="A1015" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:6">
+      <c r="A1016" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>609</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>610</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:6">
+      <c r="A1017" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>13</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:6">
+      <c r="A1018" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>13</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:6">
+      <c r="A1019" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>13</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>609</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>610</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:6">
+      <c r="A1020" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:6">
+      <c r="A1021" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:6">
+      <c r="A1022" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:6">
+      <c r="A1023" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>20</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:6">
+      <c r="A1024" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:6">
+      <c r="A1025" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:6">
+      <c r="A1026" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:6">
+      <c r="A1027" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>372</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>